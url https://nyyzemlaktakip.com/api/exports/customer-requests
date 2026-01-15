--- v0 (2025-11-17)
+++ v1 (2026-01-15)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Müşteri İstekleri" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
   <si>
     <t>Müşteri Adı</t>
   </si>
   <si>
     <t>Müşteri Soyadı</t>
   </si>
   <si>
     <t>Müşteri İletişim</t>
   </si>
   <si>
     <t>İlan Tipi</t>
   </si>
   <si>
     <t>Oda Tipi</t>
   </si>
   <si>
     <t>Bütçe Min</t>
   </si>
   <si>
     <t>Bütçe Max</t>
   </si>
   <si>
     <t>Metrekare Min</t>
   </si>
   <si>
@@ -87,96 +87,138 @@
   <si>
     <t>Notlar</t>
   </si>
   <si>
     <t>Sahibinden İlan No</t>
   </si>
   <si>
     <t>Hepsiemlak İlan No</t>
   </si>
   <si>
     <t>Eşleşen İlan</t>
   </si>
   <si>
     <t>Oluşturan Kullanıcı</t>
   </si>
   <si>
     <t>Oluşturma Tarihi</t>
   </si>
   <si>
     <t>Daire Tipi</t>
   </si>
   <si>
     <t>Isıtma Tipi</t>
   </si>
   <si>
+    <t>SERPİL </t>
+  </si>
+  <si>
+    <t>ASLAN</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Satılık</t>
+  </si>
+  <si>
+    <t>1+1</t>
+  </si>
+  <si>
+    <t>ara_kat</t>
+  </si>
+  <si>
+    <t>1295</t>
+  </si>
+  <si>
+    <t>İstasyon</t>
+  </si>
+  <si>
+    <t>AVANTAJ 22 1.ETAP A BLOK D-61 KİRACISI</t>
+  </si>
+  <si>
+    <t>Volkan</t>
+  </si>
+  <si>
+    <t>25.12.2025 10:17:11</t>
+  </si>
+  <si>
+    <t>Konut</t>
+  </si>
+  <si>
+    <t>Doğalgaz</t>
+  </si>
+  <si>
+    <t>HÜSEYİN</t>
+  </si>
+  <si>
+    <t>GÖKDUMAN</t>
+  </si>
+  <si>
+    <t>2+1</t>
+  </si>
+  <si>
+    <t>Cumhuriyet</t>
+  </si>
+  <si>
+    <t>3.000.000 TL banka kredisi çekmesi gerekiyor. Ertan Polat evleri gösterildi 16/12/2025 Nafiz bey kendisi ile görüşme sağlamış</t>
+  </si>
+  <si>
+    <t>19.12.2025 10:58:24</t>
+  </si>
+  <si>
+    <t>MEVLÜDE </t>
+  </si>
+  <si>
+    <t>GÜÇLÜ</t>
+  </si>
+  <si>
+    <t>HEMEN TAŞINMAK İSTİYOR TETİK İNŞAAT GÖSTERİMİ YAPILACAK 10/12/2025</t>
+  </si>
+  <si>
+    <t>10.12.2025 13:18:09</t>
+  </si>
+  <si>
     <t>MEHMET ALİ</t>
   </si>
   <si>
     <t>METE</t>
   </si>
   <si>
-    <t/>
-[...4 lines deleted...]
-  <si>
     <t>2+1, 3+1</t>
   </si>
   <si>
-    <t>ara_kat</t>
-[...7 lines deleted...]
-  <si>
     <t>GENİŞ 2+1 YADA 3+1 EV BAKIYORLAR BİR MİKTARDA KREDİ KULLANMAYI DÜŞÜNÜYORLAR.İÇERİSİNDE KİRACILI OLAN EV İSTEMİYORLAR.ZAN VADİ KONAKLARI GÖSTERİLECEK17/11/2025 BULUNMAZSA KİRALIK EV GÖSTEREBİLİRİZ.</t>
   </si>
   <si>
-    <t>Volkan</t>
-[...1 lines deleted...]
-  <si>
     <t>15.11.2025 18:17:37</t>
   </si>
   <si>
-    <t>Konut</t>
-[...4 lines deleted...]
-  <si>
     <t>HAKKI</t>
   </si>
   <si>
     <t>BEY</t>
-  </si>
-[...1 lines deleted...]
-    <t>2+1</t>
   </si>
   <si>
     <t>2+1 EV BAKIYOR 5.500.000 TL BÜTÇESİ CUMHURİYET MAHALLESİ VE ÇEVRESİ ÖNCELİK SIRASINDA
 TEMA GÖSTERİLDİ KÜÇÜK BULDU. LOCA GREEN İÇİNDE KİRACILI OLDUĞU İÇİN VEDE BÜTÇESİNİ AŞTIĞI İÇİN İSTEMEDİ.10/11/2025</t>
   </si>
   <si>
     <t>14.11.2025 17:14:20</t>
   </si>
   <si>
     <t>SERAP</t>
   </si>
   <si>
     <t>ÇAVDAR</t>
   </si>
   <si>
     <t>TEMA EVLERİ İÇİN ARADILAR 5.500.000 DEN PAZARLIK YAPAMADIKLARI İÇİN OLUMSUZ KARŞILADILAR.KREDİDE ÇEKECEKLERİNİ SÖYLEDİLER.GÖRÜŞME TARİHİ 10/11/2025 </t>
   </si>
   <si>
     <t>14.11.2025 09:23:47</t>
   </si>
   <si>
     <t>DOĞUKAN</t>
   </si>
   <si>
     <t>ÇAYIR</t>
@@ -255,51 +297,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf applyFont="1" fontId="0"/>
     <xf applyFont="1" fontId="1" applyFill="1" fillId="2" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf applyFont="1" fontId="2" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf applyFont="1" fontId="2" applyNumberFormat="1" numFmtId="164"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:AA6"/>
+  <dimension ref="A1:AA9"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="10" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="10" max="10" width="12" customWidth="1"/>
     <col min="11" max="11" width="12" customWidth="1"/>
     <col min="12" max="12" width="15" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
     <col min="14" max="14" width="20" customWidth="1"/>
     <col min="15" max="15" width="10" customWidth="1"/>
     <col min="16" max="16" width="10" customWidth="1"/>
     <col min="17" max="17" width="10" customWidth="1"/>
     <col min="18" max="18" width="12" customWidth="1"/>
     <col min="19" max="19" width="10" customWidth="1"/>
     <col min="20" max="20" width="30" customWidth="1"/>
@@ -390,66 +432,66 @@
       </c>
       <c r="Z1" s="1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:27">
       <c r="A2" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F2" s="3" t="n">
-        <v>5500000</v>
+        <v>3300000</v>
       </c>
       <c r="G2" s="3" t="n">
-        <v>6500000</v>
+        <v>3400000</v>
       </c>
       <c r="H2" s="3" t="n">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I2" s="3" t="n">
-        <v>130</v>
+        <v>50</v>
       </c>
       <c r="J2" s="3" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="K2" s="3" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>33</v>
       </c>
       <c r="N2" s="2" t="s">
         <v>34</v>
       </c>
       <c r="O2" s="2" t="b">
         <v>1</v>
       </c>
       <c r="P2" s="2" t="b">
         <v>0</v>
       </c>
       <c r="Q2" s="2" t="b">
         <v>1</v>
       </c>
       <c r="R2" s="2" t="b">
         <v>1</v>
       </c>
       <c r="S2" s="2" t="b">
         <v>1</v>
       </c>
@@ -479,347 +521,596 @@
       </c>
     </row>
     <row r="3" spans="1:27">
       <c r="A3" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F3" s="3" t="n">
         <v>5000000</v>
       </c>
       <c r="G3" s="3" t="n">
         <v>5500000</v>
       </c>
       <c r="H3" s="3" t="n">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="I3" s="3" t="n">
         <v>100</v>
       </c>
       <c r="J3" s="3" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K3" s="3" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>33</v>
       </c>
       <c r="N3" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="O3" s="2" t="b">
         <v>1</v>
       </c>
       <c r="P3" s="2" t="b">
         <v>0</v>
       </c>
       <c r="Q3" s="2" t="b">
         <v>1</v>
       </c>
       <c r="R3" s="2" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="S3" s="2" t="b">
         <v>1</v>
       </c>
       <c r="T3" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="U3" s="2" t="s">
         <v>29</v>
       </c>
       <c r="V3" s="2" t="s">
         <v>29</v>
       </c>
       <c r="W3" s="2" t="s">
         <v>29</v>
       </c>
       <c r="X3" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Y3" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="Z3" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AA3" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:27">
       <c r="A4" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F4" s="3" t="n">
-        <v>4000000</v>
+        <v>5000000</v>
       </c>
       <c r="G4" s="3" t="n">
-        <v>5000000</v>
+        <v>5500000</v>
       </c>
       <c r="H4" s="3" t="n">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="I4" s="3" t="n">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="J4" s="3" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K4" s="3" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>33</v>
       </c>
       <c r="N4" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="O4" s="2" t="b">
         <v>1</v>
       </c>
       <c r="P4" s="2" t="b">
         <v>0</v>
       </c>
       <c r="Q4" s="2" t="b">
         <v>1</v>
       </c>
       <c r="R4" s="2" t="b">
         <v>1</v>
       </c>
       <c r="S4" s="2" t="b">
         <v>1</v>
       </c>
       <c r="T4" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="U4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="V4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="W4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="X4" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Y4" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="Z4" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AA4" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:27">
       <c r="A5" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F5" s="3" t="n">
-        <v>4000000</v>
+        <v>5500000</v>
       </c>
       <c r="G5" s="3" t="n">
-        <v>5800000</v>
+        <v>6500000</v>
       </c>
       <c r="H5" s="3" t="n">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3" t="n">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="J5" s="3" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K5" s="3" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="N5" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="O5" s="2" t="b">
         <v>1</v>
       </c>
       <c r="P5" s="2" t="b">
         <v>0</v>
       </c>
       <c r="Q5" s="2" t="b">
         <v>1</v>
       </c>
       <c r="R5" s="2" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="S5" s="2" t="b">
         <v>1</v>
       </c>
       <c r="T5" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="U5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="V5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="W5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="X5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Y5" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="Z5" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AA5" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:27">
       <c r="A6" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="F6" s="3" t="n">
-        <v>3100000</v>
+        <v>5000000</v>
       </c>
       <c r="G6" s="3" t="n">
-        <v>3250000</v>
+        <v>5500000</v>
       </c>
       <c r="H6" s="3" t="n">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="I6" s="3" t="n">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="J6" s="3" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="K6" s="3" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="N6" s="2" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="O6" s="2" t="b">
         <v>1</v>
       </c>
       <c r="P6" s="2" t="b">
         <v>0</v>
       </c>
       <c r="Q6" s="2" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R6" s="2" t="b">
         <v>0</v>
       </c>
       <c r="S6" s="2" t="b">
         <v>1</v>
       </c>
       <c r="T6" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="U6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="V6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="W6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="X6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="Y6" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="Z6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="AA6" s="2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7" spans="1:27">
+      <c r="A7" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" s="3" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="G7" s="3" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="H7" s="3" t="n">
+        <v>90</v>
+      </c>
+      <c r="I7" s="3" t="n">
+        <v>100</v>
+      </c>
+      <c r="J7" s="3" t="n">
+        <v>4</v>
+      </c>
+      <c r="K7" s="3" t="n">
+        <v>8</v>
+      </c>
+      <c r="L7" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="M7" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="N7" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="O7" s="2" t="b">
+        <v>1</v>
+      </c>
+      <c r="P7" s="2" t="b">
+        <v>0</v>
+      </c>
+      <c r="Q7" s="2" t="b">
+        <v>1</v>
+      </c>
+      <c r="R7" s="2" t="b">
+        <v>1</v>
+      </c>
+      <c r="S7" s="2" t="b">
+        <v>1</v>
+      </c>
+      <c r="T7" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="U7" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="V7" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="W7" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="X7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y7" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA7" s="2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:27">
+      <c r="A8" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" s="3" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="G8" s="3" t="n">
+        <v>5800000</v>
+      </c>
+      <c r="H8" s="3" t="n">
+        <v>90</v>
+      </c>
+      <c r="I8" s="3" t="n">
+        <v>110</v>
+      </c>
+      <c r="J8" s="3" t="n">
+        <v>2</v>
+      </c>
+      <c r="K8" s="3" t="n">
+        <v>4</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="M8" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="N8" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="O8" s="2" t="b">
+        <v>1</v>
+      </c>
+      <c r="P8" s="2" t="b">
+        <v>0</v>
+      </c>
+      <c r="Q8" s="2" t="b">
+        <v>1</v>
+      </c>
+      <c r="R8" s="2" t="b">
+        <v>0</v>
+      </c>
+      <c r="S8" s="2" t="b">
+        <v>1</v>
+      </c>
+      <c r="T8" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="U8" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="V8" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="W8" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="X8" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y8" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z8" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA8" s="2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:27">
+      <c r="A9" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" s="3" t="n">
+        <v>3100000</v>
+      </c>
+      <c r="G9" s="3" t="n">
+        <v>3250000</v>
+      </c>
+      <c r="H9" s="3" t="n">
+        <v>40</v>
+      </c>
+      <c r="I9" s="3" t="n">
+        <v>70</v>
+      </c>
+      <c r="J9" s="3" t="n">
+        <v>0</v>
+      </c>
+      <c r="K9" s="3" t="n">
+        <v>0</v>
+      </c>
+      <c r="L9" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="M9" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="N9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="O9" s="2" t="b">
+        <v>1</v>
+      </c>
+      <c r="P9" s="2" t="b">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="2" t="b">
+        <v>0</v>
+      </c>
+      <c r="R9" s="2" t="b">
+        <v>0</v>
+      </c>
+      <c r="S9" s="2" t="b">
+        <v>1</v>
+      </c>
+      <c r="T9" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="U9" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="V9" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="W9" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="X9" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y9" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="Z9" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA9" s="2" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>