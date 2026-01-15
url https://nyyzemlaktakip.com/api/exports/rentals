--- v0 (2025-11-17)
+++ v1 (2026-01-15)
@@ -4,130 +4,139 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Kira Verileri" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <si>
     <t>Dosya Adı</t>
   </si>
   <si>
     <t>Apartman Adı</t>
   </si>
   <si>
     <t>Apartman Blok</t>
   </si>
   <si>
     <t>Daire No</t>
   </si>
   <si>
     <t>Kiracı Giriş Tarihi</t>
   </si>
   <si>
     <t>Kiracı Ad Soyad</t>
   </si>
   <si>
     <t>Kiracı Telefon</t>
   </si>
   <si>
     <t>Kiracı TC</t>
   </si>
   <si>
     <t>Kiracı Meslek</t>
   </si>
   <si>
     <t>Ev Arkadaşı</t>
   </si>
   <si>
     <t>Ev Arkadaşı Telefon</t>
   </si>
   <si>
     <t>Mal Sahibi Ad Soyad</t>
   </si>
   <si>
     <t>Mal Sahibi Telefon</t>
   </si>
   <si>
     <t>Sözleşme Süresi Gün</t>
   </si>
   <si>
     <t>Oluşturma Tarihi</t>
   </si>
   <si>
     <t>Güncelleme Tarihi</t>
   </si>
   <si>
-    <t>deneme2</t>
-[...8 lines deleted...]
-    <t>1111-11-11</t>
+    <t>66--16</t>
+  </si>
+  <si>
+    <t>AKGÜN APARTMANI</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>2025-12-20</t>
+  </si>
+  <si>
+    <t>SULTAN YILMAZ</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15.11.2025 22:39:37</t>
+    <t>GÜMRÜKTE VETERİNER HEKİM</t>
+  </si>
+  <si>
+    <t>NAZMİ ÇAKIR</t>
+  </si>
+  <si>
+    <t>20.12.2025 17:18:56</t>
   </si>
   <si>
     <t>66-12</t>
   </si>
   <si>
     <t>ZAN VADİ KONAKLARI </t>
   </si>
   <si>
     <t>A </t>
   </si>
   <si>
-    <t>13</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-08-01</t>
   </si>
   <si>
     <t>SELİM CAN YILMAZ</t>
   </si>
   <si>
     <t>182 ÇAĞRI MERKEZİ ÇALIŞANI</t>
   </si>
   <si>
     <t>YOK</t>
   </si>
   <si>
     <t>KEMAL NAZİF İSMAİL</t>
   </si>
   <si>
     <t>13.11.2025 14:23:47</t>
   </si>
   <si>
     <t>66-10</t>
   </si>
   <si>
     <t>GEÇİT APARTMANI</t>
   </si>
   <si>
     <t>B </t>
@@ -135,111 +144,84 @@
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2025-10-05</t>
   </si>
   <si>
     <t>DOĞAN TEPE</t>
   </si>
   <si>
     <t>ERASTA AVM ÇALIŞANI</t>
   </si>
   <si>
     <t>HANİFE ŞENTÜRK</t>
   </si>
   <si>
     <t>13.11.2025 14:20:10</t>
   </si>
   <si>
     <t>66-9</t>
   </si>
   <si>
     <t>KARUNCULA APARTMANI</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>23</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>FEYZA UÇAR</t>
   </si>
   <si>
     <t>ASİSTAN DOKTOR</t>
   </si>
   <si>
     <t>MELTEM ÇIRAK</t>
   </si>
   <si>
     <t>13.11.2025 14:16:04</t>
   </si>
   <si>
     <t>64-14</t>
   </si>
   <si>
     <t>G1 - G2 BLOK APT</t>
   </si>
   <si>
     <t>3G</t>
   </si>
   <si>
     <t>GUSİNALİ PINAR</t>
   </si>
   <si>
     <t>ÜLVİYE GÜNEŞ</t>
   </si>
   <si>
     <t>13.11.2025 14:11:34</t>
-  </si>
-[...22 lines deleted...]
-    <t>13.11.2025 14:03:39</t>
   </si>
   <si>
     <t>48-17</t>
   </si>
   <si>
     <t>ZAN VADİ KONAKLARI</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>2025-09-01</t>
   </si>
   <si>
     <t>EMİRHAN DEMİR</t>
   </si>
   <si>
     <t>ESNAF</t>
   </si>
   <si>
     <t>13.11.2025 13:59:07</t>
   </si>
@@ -353,51 +335,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf applyFont="1" fontId="0"/>
     <xf applyFont="1" fontId="1" applyFill="1" fillId="2" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf applyFont="1" fontId="2" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf applyFont="1" fontId="2" applyNumberFormat="1" numFmtId="164"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:P10"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="10" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="15" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="10" max="10" width="15" customWidth="1"/>
     <col min="11" max="11" width="15" customWidth="1"/>
     <col min="12" max="12" width="20" customWidth="1"/>
     <col min="13" max="13" width="15" customWidth="1"/>
     <col min="14" max="14" width="15" customWidth="1"/>
     <col min="15" max="15" width="20" customWidth="1"/>
     <col min="16" max="16" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="1" t="s">
@@ -438,477 +420,427 @@
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H2" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I2" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="N2" s="3" t="n">
-        <v>1</v>
+        <v>360</v>
       </c>
       <c r="O2" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="P2" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" s="2" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I3" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="N3" s="3" t="n">
         <v>365</v>
       </c>
       <c r="O3" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="P3" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I4" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="J4" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="2" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K4" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="N4" s="3" t="n">
         <v>365</v>
       </c>
       <c r="O4" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="P4" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I5" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="N5" s="3" t="n">
         <v>365</v>
       </c>
       <c r="O5" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="P5" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="N6" s="3" t="n">
         <v>365</v>
       </c>
       <c r="O6" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="P6" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I7" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="N7" s="3" t="n">
         <v>365</v>
       </c>
       <c r="O7" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="P7" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I8" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="N8" s="3" t="n">
         <v>365</v>
       </c>
       <c r="O8" s="2" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="P8" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I9" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="N9" s="3" t="n">
         <v>365</v>
       </c>
       <c r="O9" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="P9" s="2" t="s">
-        <v>81</v>
-[...9 lines deleted...]
-      <c r="C10" s="2" t="s">
         <v>84</v>
-      </c>
-[...37 lines deleted...]
-        <v>90</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>